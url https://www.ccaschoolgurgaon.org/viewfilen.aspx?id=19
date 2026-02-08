--- v0 (2025-10-09)
+++ v1 (2026-02-08)
@@ -1,99 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9302"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{79031622-9EF1-4958-A935-ACFE15D787C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="122211"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="11">
   <si>
     <t>SR. NO</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <t>TOTAL STUDENTS</t>
   </si>
   <si>
     <t>PASS PERCENTAGE</t>
   </si>
   <si>
     <t>CLASS X</t>
   </si>
   <si>
     <t>PASS STUDENT</t>
   </si>
   <si>
     <t>CLASS XII</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
+  <si>
+    <t>2024-25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -110,127 +114,133 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -258,51 +268,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -431,243 +441,278 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F12"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:F14"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="J10" sqref="J10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="24.85546875" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" customWidth="1"/>
     <col min="4" max="4" width="30.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="3" t="s">
+      <c r="A1" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="3"/>
-[...2 lines deleted...]
-      <c r="E1" s="3"/>
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
     </row>
     <row r="2" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="4" t="s">
+      <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="4" t="s">
+      <c r="B2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="4" t="s">
+      <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="E2" s="4" t="s">
+      <c r="E2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="1"/>
     </row>
     <row r="3" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="2">
+      <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>7</v>
-[...9 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="C3" s="3">
+        <v>104</v>
+      </c>
+      <c r="D3" s="3">
+        <v>104</v>
+      </c>
+      <c r="E3" s="6">
+        <v>1</v>
+      </c>
+      <c r="F3" s="1"/>
     </row>
     <row r="4" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C4" s="2">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="D4" s="2">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="E4" s="5">
+        <v>89</v>
+      </c>
+      <c r="E4" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="2">
+        <v>99</v>
+      </c>
+      <c r="D5" s="2">
+        <v>99</v>
+      </c>
+      <c r="E5" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="2">
+        <v>4</v>
+      </c>
+      <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="2">
+      <c r="C6" s="2">
         <v>91</v>
       </c>
-      <c r="D5" s="2">
+      <c r="D6" s="2">
         <v>91</v>
       </c>
-      <c r="E5" s="5">
-[...4 lines deleted...]
-      <c r="A8" s="3" t="s">
+      <c r="E6" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="3"/>
-[...5 lines deleted...]
-      <c r="A9" s="4" t="s">
+      <c r="B9" s="5"/>
+      <c r="C9" s="5"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
+    </row>
+    <row r="10" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="4" t="s">
+      <c r="B10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C10" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D9" s="4" t="s">
+      <c r="D10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="E9" s="4" t="s">
+      <c r="E10" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-    </row>
     <row r="11" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="2">
-        <v>2</v>
+      <c r="A11" s="3">
+        <v>1</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="E11" s="5">
+        <v>10</v>
+      </c>
+      <c r="C11" s="3">
+        <v>91</v>
+      </c>
+      <c r="D11" s="3">
+        <v>91</v>
+      </c>
+      <c r="E11" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C12" s="2">
         <v>130</v>
       </c>
       <c r="D12" s="2">
         <v>130</v>
       </c>
-      <c r="E12" s="5">
+      <c r="E12" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="2">
+        <v>3</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="2">
+        <v>139</v>
+      </c>
+      <c r="D13" s="2">
+        <v>139</v>
+      </c>
+      <c r="E13" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="2">
+        <v>4</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="2">
+        <v>130</v>
+      </c>
+      <c r="D14" s="2">
+        <v>130</v>
+      </c>
+      <c r="E14" s="4">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>